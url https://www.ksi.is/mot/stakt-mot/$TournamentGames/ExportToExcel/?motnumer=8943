--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -18,72 +18,72 @@
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Test" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
-    <t>Finnland</t>
+    <t>England</t>
   </si>
   <si>
-    <t>Ísland</t>
+    <t>Þýskaland</t>
   </si>
   <si>
     <t>Svíþjóð</t>
   </si>
   <si>
     <t>Danmörk</t>
   </si>
   <si>
-    <t>England</t>
-[...4 lines deleted...]
-  <si>
     <t>Noregur</t>
   </si>
   <si>
     <t>Bandaríkin</t>
+  </si>
+  <si>
+    <t>Finnland</t>
+  </si>
+  <si>
+    <t>Ísland</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>