--- v0 (2025-11-02)
+++ v1 (2025-12-17)
@@ -385,71 +385,71 @@
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>38463.4583333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>38467.6875</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>38467.6875</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>38468.6875</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>38472.4166666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>7</v>
@@ -539,71 +539,71 @@
         <v>4</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>38479.4166666667</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>38480.4166666667</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>38480.4166666667</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>38482.6875</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>38484.625</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>11</v>