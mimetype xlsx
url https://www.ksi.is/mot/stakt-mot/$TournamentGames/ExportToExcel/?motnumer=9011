--- v0 (2025-11-01)
+++ v1 (2025-12-17)
@@ -267,141 +267,141 @@
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>38461.71875</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>38463.5208333333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>38463.5208333333</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>38463.5416666667</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>38468.6875</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>38469.6875</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>38472.5416666667</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>38472.5416666667</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>38472.7395833333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>38475.7291666667</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>14</v>
@@ -435,71 +435,71 @@
         <v>4</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>38479.5416666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>38480.5416666667</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>38480.5416666667</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>38483.6875</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>38484.75</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>