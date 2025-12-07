--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -194,183 +194,183 @@
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
         <v>38495.8333333333</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>38499.8333333333</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>38499.8333333333</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>38500.5833333333</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>38506.8333333333</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>38508.5833333333</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>38513.8333333333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>38513.8333333333</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>38514.5833333333</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>38518.8333333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>38518.8333333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>38519.8333333333</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>38522.6666666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>10</v>
@@ -418,141 +418,141 @@
         <v>10</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>38529.6666666667</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>38534.8333333333</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>38534.8333333333</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>38541.8333333333</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>38541.8333333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>38542.6875</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>38547.8333333333</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>38547.8333333333</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>6</v>
+        <v>18</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>38548.8020833333</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>38554.8333333333</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>4</v>
@@ -698,66 +698,66 @@
         <v>14</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>38577.6666666667</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>38584.5833333333</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>38584.5833333333</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>38584.5833333333</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>