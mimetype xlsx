--- v0 (2025-11-04)
+++ v1 (2025-12-14)
@@ -463,220 +463,220 @@
         <v>7</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>38479.4583333333</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>38479.5416666667</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>38479.5416666667</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>38480.6875</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>38483.7083333333</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>38483.7083333333</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>38483.7083333333</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>38483.7708333333</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>38490.7083333333</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>38490.7083333333</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>38490.78125</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>38493.5416666667</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>38493.5416666667</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>38493.5416666667</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>38493.6041666667</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>