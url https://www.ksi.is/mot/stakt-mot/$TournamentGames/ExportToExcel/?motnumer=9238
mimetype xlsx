--- v0 (2025-11-03)
+++ v1 (2026-01-01)
@@ -27,153 +27,153 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <si>
     <t>Leikdagur</t>
   </si>
   <si>
     <t>Heimalið</t>
   </si>
   <si>
     <t>Útilið</t>
   </si>
   <si>
     <t>Völlur</t>
   </si>
   <si>
     <t>Njarðvík</t>
   </si>
   <si>
     <t>Víkingur R.</t>
   </si>
   <si>
     <t>Njarðvíkurvöllur</t>
   </si>
   <si>
+    <t>Víðir/Reynir</t>
+  </si>
+  <si>
+    <t>Stjarnan</t>
+  </si>
+  <si>
+    <t>Garðsvöllur</t>
+  </si>
+  <si>
+    <t>ÍA</t>
+  </si>
+  <si>
+    <t>Leiknir R.</t>
+  </si>
+  <si>
+    <t>Akranesvöllur</t>
+  </si>
+  <si>
     <t>Afturelding</t>
   </si>
   <si>
     <t>Fram</t>
   </si>
   <si>
     <t>Varmárvöllur</t>
   </si>
   <si>
+    <t>Þróttur R.</t>
+  </si>
+  <si>
+    <t>FH</t>
+  </si>
+  <si>
+    <t>Þróttarvöllur</t>
+  </si>
+  <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Grindavíkurvöllur</t>
   </si>
   <si>
-    <t>Þróttur R.</t>
-[...16 lines deleted...]
-  <si>
     <t>ÍR</t>
   </si>
   <si>
     <t>Keflavík</t>
   </si>
   <si>
     <t>ÍR-völlur</t>
   </si>
   <si>
-    <t>Víðir/Reynir</t>
-[...7 lines deleted...]
-  <si>
     <t>Selfoss</t>
   </si>
   <si>
     <t>Grótta</t>
   </si>
   <si>
     <t>Selfossvöllur</t>
   </si>
   <si>
     <t>Valur</t>
   </si>
   <si>
     <t>Ægir/Hamar</t>
   </si>
   <si>
     <t>Hlíðarendi</t>
   </si>
   <si>
     <t>HSH</t>
   </si>
   <si>
     <t>Fjölnir</t>
   </si>
   <si>
     <t>Fjölnisvöllur</t>
   </si>
   <si>
+    <t>Haukar</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>Ásvellir</t>
+  </si>
+  <si>
+    <t>Breiðablik</t>
+  </si>
+  <si>
+    <t>Smárahvammsvöllur</t>
+  </si>
+  <si>
     <t>Fylkir</t>
   </si>
   <si>
     <t>Fylkisvöllur</t>
   </si>
   <si>
-    <t>Haukar</t>
-[...7 lines deleted...]
-  <si>
     <t>Fagrilundur</t>
-  </si>
-[...4 lines deleted...]
-    <t>Smárahvammsvöllur</t>
   </si>
   <si>
     <t>ÍBV</t>
   </si>
   <si>
     <t>Vestmannaeyjavöllur</t>
   </si>
   <si>
     <t>Kópavogsvöllur</t>
   </si>
   <si>
     <t>KR-völlur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -356,234 +356,234 @@
         <v>26</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>38516.8333333333</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>38529.7916666667</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>38530.75</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>38530.8333333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>38530.8333333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>38530.8333333333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>38530.8333333333</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>11</v>
+        <v>39</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>23</v>
+        <v>5</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>38530.8333333333</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>38531.6666666667</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>38547.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>38548.8333333333</v>
       </c>
       <c r="B20" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="C20" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" s="0" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>38548.8333333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>38553.8333333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>38582.7708333333</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>38586.75</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>38599.5833333333</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>