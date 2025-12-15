--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -190,71 +190,71 @@
         <v>10</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>38519.8333333333</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>38532.8333333333</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>38532.8333333333</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>38535.7083333333</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>38540.8333333333</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>10</v>
@@ -330,71 +330,71 @@
         <v>4</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>38580.7916666667</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>38588.7708333333</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>38588.7708333333</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>38595.8541666667</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>38596.7708333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>7</v>