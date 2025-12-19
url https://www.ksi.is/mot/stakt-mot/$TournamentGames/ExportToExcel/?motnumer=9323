--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -199,71 +199,71 @@
         <v>10</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>38513.8333333333</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>38518.8333333333</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>38518.8333333333</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>38522.7083333333</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>38526.8333333333</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>10</v>
@@ -437,127 +437,127 @@
         <v>7</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>38571.5833333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>38574.7916666667</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>38574.7916666667</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>38574.7916666667</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>38580.7916666667</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>38580.7916666667</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>38580.7916666667</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>38589.7708333333</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>38589.7708333333</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>10</v>