--- v0 (2025-11-04)
+++ v1 (2025-12-22)
@@ -334,169 +334,169 @@
         <v>5</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>38523.75</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>38523.8333333333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>38523.8333333333</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>38523.8333333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>38532.8333333333</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>38532.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>38532.8333333333</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>38532.8333333333</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>38537.8333333333</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>38537.8333333333</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>38545.75</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>38545.8333333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>4</v>
@@ -642,71 +642,71 @@
         <v>14</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>38567.7916666667</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>38568.7916666667</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>38568.7916666667</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>38571.7083333333</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>38574.75</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>7</v>
@@ -754,206 +754,206 @@
         <v>11</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>38579.7083333333</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>38579.75</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>38579.75</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>38579.75</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>38585.5833333333</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>38586.75</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>38586.75</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>38586.75</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>38588.75</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>38589.7083333333</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>38591.75</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>18</v>
+        <v>6</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>38591.75</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>38591.75</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>38591.75</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>