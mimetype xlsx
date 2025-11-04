--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -308,71 +308,71 @@
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>38534.7708333333</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>38539.7083333333</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>38539.7083333333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>38540.7916666667</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>38543.6666666667</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>5</v>
@@ -420,71 +420,71 @@
         <v>7</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>38560.7083333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>38569.7083333333</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>38569.7083333333</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>38576.7083333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>38579.7083333333</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>