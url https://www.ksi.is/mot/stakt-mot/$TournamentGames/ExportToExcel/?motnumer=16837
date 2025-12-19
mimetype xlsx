--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -45,75 +45,75 @@
   <si>
     <t>Keflavík</t>
   </si>
   <si>
     <t>Grindavíkurvöllur</t>
   </si>
   <si>
     <t>Stjarnan</t>
   </si>
   <si>
     <t>ÍBV</t>
   </si>
   <si>
     <t>Stjörnuvöllur</t>
   </si>
   <si>
     <t>Þróttur R.</t>
   </si>
   <si>
     <t>Valur</t>
   </si>
   <si>
     <t>Þróttarvöllur</t>
   </si>
   <si>
+    <t>Grótta</t>
+  </si>
+  <si>
+    <t>Leiknir R.</t>
+  </si>
+  <si>
+    <t>Gróttuvöllur</t>
+  </si>
+  <si>
     <t>Selfoss</t>
   </si>
   <si>
     <t>HK/Ýmir</t>
   </si>
   <si>
     <t>Selfossvöllur</t>
   </si>
   <si>
     <t>Skallagrímur</t>
   </si>
   <si>
     <t>FH</t>
   </si>
   <si>
     <t>Skallagrímsvöllur</t>
-  </si>
-[...7 lines deleted...]
-    <t>Gróttuvöllur</t>
   </si>
   <si>
     <t>Njarðvík</t>
   </si>
   <si>
     <t>Afturelding</t>
   </si>
   <si>
     <t>Njarðvíkurvöllur</t>
   </si>
   <si>
     <t>Snæfellsnes</t>
   </si>
   <si>
     <t>Haukar</t>
   </si>
   <si>
     <t>Grundarfjörður</t>
   </si>
   <si>
     <t>Keflavíkurvöllur</t>
   </si>
   <si>
     <t>Fylkir</t>
   </si>
@@ -345,90 +345,90 @@
         <v>24</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>39615.8333333333</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>39621.75</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>39622.7291666667</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>39622.8333333333</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>39622.8333333333</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>39623.75</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>34</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>39623.8333333333</v>
@@ -443,79 +443,79 @@
         <v>39</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>39625.8333333333</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>39643.8333333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>39646.8333333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>39647.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>39652.75</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>39660.7291666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>22</v>