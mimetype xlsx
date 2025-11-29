--- v0 (2025-10-14)
+++ v1 (2025-11-29)
@@ -444,71 +444,71 @@
         <v>11</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>41083.6666666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>41087.8333333333</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>41087.8333333333</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>41087.8333333333</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>41090.5416666667</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>5</v>