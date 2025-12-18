--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -147,68 +147,68 @@
         <v>5</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2">
         <v>42549.625</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
         <v>42549.6666666667</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>42549.6666666667</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>42549.7083333333</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>42549.7083333333</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>8</v>