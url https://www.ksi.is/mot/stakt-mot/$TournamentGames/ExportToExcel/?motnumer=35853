--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -69,54 +69,54 @@
   <si>
     <t>Fjölnisvöllur - Gervigras</t>
   </si>
   <si>
     <t>Þróttur R.</t>
   </si>
   <si>
     <t>Grundarfjarðarvöllur</t>
   </si>
   <si>
     <t>Þróttarvöllur</t>
   </si>
   <si>
     <t>Framvöllur - Úlfarsárdal</t>
   </si>
   <si>
     <t>Valhúsavöllur</t>
   </si>
   <si>
     <t>Ólafsvíkurvöllur</t>
   </si>
   <si>
     <t>Vestmannaeyjavöllur</t>
   </si>
   <si>
+    <t>Kórinn - Grasvöllur</t>
+  </si>
+  <si>
     <t>Fjölnisvöllur</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kórinn - Grasvöllur</t>
   </si>
   <si>
     <t>Vivaldivöllurinn</t>
   </si>
   <si>
     <t>Hvolsvöllur</t>
   </si>
   <si>
     <t>Varmárvöllur</t>
   </si>
   <si>
     <t>Tungubakkavöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
@@ -397,68 +397,68 @@
         <v>4</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>42561.4791666667</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>42562.75</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>42562.75</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>42569.75</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>42576.75</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>7</v>
@@ -467,113 +467,113 @@
         <v>4</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>42578.75</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>42586.75</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>42586.75</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>42589.6666666667</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>42591.75</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>42593.75</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>42594.75</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>42597.75</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>14</v>
@@ -641,93 +641,93 @@
     <row r="34">
       <c r="A34" s="2">
         <v>42608.75</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>11</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>42609.5</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>42611.75</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>42613.75</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>42615.75</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>42616.5625</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>42617.4166666667</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>9</v>