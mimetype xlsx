--- v0 (2025-10-17)
+++ v1 (2025-10-17)
@@ -45,171 +45,171 @@
   <si>
     <t>Álftanes</t>
   </si>
   <si>
     <t>Hertz völlurinn</t>
   </si>
   <si>
     <t>Hamar</t>
   </si>
   <si>
     <t>ÍA</t>
   </si>
   <si>
     <t>Grýluvöllur</t>
   </si>
   <si>
     <t>FHL</t>
   </si>
   <si>
     <t>Hamrarnir</t>
   </si>
   <si>
     <t>Fjarðabyggðarhöllin</t>
   </si>
   <si>
+    <t>Grótta</t>
+  </si>
+  <si>
+    <t>Víkingur R.</t>
+  </si>
+  <si>
+    <t>Vivaldivöllurinn</t>
+  </si>
+  <si>
+    <t>Afturelding</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>Fagverksvöllurinn Varmá</t>
+  </si>
+  <si>
     <t>Fjölnir</t>
   </si>
   <si>
     <t>Augnablik</t>
   </si>
   <si>
     <t>Extra völlurinn</t>
   </si>
   <si>
-    <t>Afturelding</t>
-[...16 lines deleted...]
-  <si>
     <t>Fram</t>
   </si>
   <si>
     <t>Grindavík</t>
   </si>
   <si>
     <t>Framvöllur</t>
   </si>
   <si>
     <t>Tindastóll</t>
   </si>
   <si>
     <t>Völsungur</t>
   </si>
   <si>
     <t>Sauðárkróksvöllur</t>
   </si>
   <si>
     <t>Sindri</t>
   </si>
   <si>
     <t>Kópavogsvöllur</t>
   </si>
   <si>
     <t>Haukar</t>
   </si>
   <si>
     <t>Ásvellir</t>
   </si>
   <si>
     <t>Keflavík</t>
   </si>
   <si>
     <t>Nettóvöllurinn</t>
   </si>
   <si>
     <t>Valur</t>
   </si>
   <si>
     <t>ÍBV</t>
   </si>
   <si>
     <t>Origo völlurinn</t>
   </si>
   <si>
+    <t>Stjarnan</t>
+  </si>
+  <si>
+    <t>Selfoss</t>
+  </si>
+  <si>
+    <t>Samsungvöllurinn</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>Meistaravellir</t>
+  </si>
+  <si>
     <t>Þróttur R.</t>
   </si>
   <si>
     <t>FH</t>
   </si>
   <si>
     <t>Eimskipsvöllurinn</t>
   </si>
   <si>
-    <t>Stjarnan</t>
-[...13 lines deleted...]
-  <si>
     <t>Fylkir</t>
   </si>
   <si>
     <t>Breiðablik</t>
   </si>
   <si>
     <t>Würth völlurinn</t>
   </si>
   <si>
     <t>Þór/KA</t>
   </si>
   <si>
     <t>Þórsvöllur</t>
   </si>
   <si>
     <t>Norðurálsvöllurinn</t>
   </si>
   <si>
+    <t>Boginn</t>
+  </si>
+  <si>
     <t>Kaplakrikavöllur</t>
   </si>
   <si>
     <t>JÁVERK-völlurinn</t>
-  </si>
-[...1 lines deleted...]
-    <t>Boginn</t>
   </si>
   <si>
     <t>Akraneshöllin</t>
   </si>
   <si>
     <t>Leikv. óákveðinn</t>
   </si>
   <si>
     <t>Laugardalsvöllur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="dd.mm.yyyy HH:MM"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
@@ -361,110 +361,110 @@
         <v>20</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>43990.8333333333</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>43995.5833333333</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>6</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>43995.5833333333</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>27</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>43995.7083333333</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>43996.5416666667</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>43996.5416666667</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>43996.5833333333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>44022.75</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>34</v>
@@ -476,65 +476,65 @@
         <v>36</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>44022.8020833333</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>44022.8020833333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>44022.8020833333</v>
       </c>
       <c r="B18" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>44022.8333333333</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>44022.84375</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>30</v>
@@ -546,127 +546,127 @@
         <v>31</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>44023.6666666667</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>32</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>44023.6770833333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>44077.7083333333</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>44077.7083333333</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>44077.7083333333</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>44077.7916666667</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>44136.5833333333</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>46</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>44136.5833333333</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>44141.8020833333</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>