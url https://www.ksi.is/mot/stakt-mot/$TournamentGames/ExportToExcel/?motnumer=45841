--- v0 (2025-11-03)
+++ v1 (2026-01-11)
@@ -334,71 +334,71 @@
         <v>12</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>45834.8333333333</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>45836.5833333333</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>45836.5833333333</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>45837.5833333333</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>4</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>45843.5833333333</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>10</v>