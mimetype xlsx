--- v0 (2025-11-04)
+++ v1 (2026-01-05)
@@ -513,66 +513,66 @@
         <v>41</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>45157.5833333333</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45159.75</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>32</v>
+        <v>5</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>45159.75</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>5</v>
+        <v>32</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>45182.75</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>35</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>