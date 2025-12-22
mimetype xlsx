--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -485,99 +485,99 @@
         <v>15</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>45443.5833333333</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>45443.8020833333</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>45443.8020833333</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>45444.5833333333</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>45444.5833333333</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>45450.75</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>45451.5416666667</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>21</v>
@@ -639,71 +639,71 @@
         <v>18</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>45457.8020833333</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>45458.5833333333</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>45458.5833333333</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>45459.6666666667</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>45460.6666666667</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>9</v>
@@ -751,71 +751,71 @@
         <v>15</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>45464.8020833333</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>9</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>45465.5833333333</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>45465.5833333333</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>45466.5416666667</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>5</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>45466.6666666667</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>18</v>
@@ -961,85 +961,85 @@
         <v>7</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>45480.6875</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>45483.8020833333</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>45483.8020833333</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>45483.8020833333</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>45484.75</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>45486.5833333333</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>5</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>21</v>