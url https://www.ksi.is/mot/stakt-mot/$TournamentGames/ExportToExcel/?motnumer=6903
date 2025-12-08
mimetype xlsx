--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -457,113 +457,113 @@
         <v>4</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>38193.5833333333</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>38196.8333333333</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>38196.8333333333</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>38206.5833333333</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>38211.8333333333</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>38211.8333333333</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>38216.7916666667</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>38217.75</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>4</v>
@@ -597,71 +597,71 @@
         <v>12</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>38224.7708333333</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>38224.7916666667</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>38224.7916666667</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>38227.5833333333</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>10</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>38230.7708333333</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>5</v>